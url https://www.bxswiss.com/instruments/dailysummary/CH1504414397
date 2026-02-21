--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31cee7b5d7fd4f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c0dd4ead1d242b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85512812e99a43f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25294fb020544056"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R942ef1fa2c6e4fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85512812e99a43f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R761380855cf4447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25294fb020544056" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>0,480</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,451</x:t>
-[...60 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,499</x:t>
-[...26 lines deleted...]
-          <x:t>0,623</x:t>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,766</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,737</x:t>
-[...26 lines deleted...]
-          <x:t>0,788</x:t>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>