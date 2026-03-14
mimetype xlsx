--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c0dd4ead1d242b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb1a3faeb6e7433d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25294fb020544056"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d0087925ff4c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R761380855cf4447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25294fb020544056" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re68c6b597cd64cf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d0087925ff4c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,569</x:t>
-[...26 lines deleted...]
-          <x:t>0,618</x:t>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>0,592</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,540</x:t>
-[...75 lines deleted...]
-          <x:t>0,531</x:t>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>0,663</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>