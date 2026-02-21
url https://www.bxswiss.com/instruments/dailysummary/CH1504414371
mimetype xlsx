--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbcc8b733d014f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153054240a634ec1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3bf8f3d27954cdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c36b29936df4422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca8600d92c242ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3bf8f3d27954cdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52c6fd1f41514369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c36b29936df4422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414371</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>2,110</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,353</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,346</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,406</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>2,778</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>