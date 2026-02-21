--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b943036846040ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R032583c5bebe43ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78cf0fa6543b4a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cba42a7f8db4ba9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0f9a0a051848ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78cf0fa6543b4a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1b6e3c3fcf42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cba42a7f8db4ba9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,537</x:t>
-[...107 lines deleted...]
-          <x:t>1,907</x:t>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,794</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>