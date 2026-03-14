--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R032583c5bebe43ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7350a4f060f4b1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cba42a7f8db4ba9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4352f3f69f994124"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1b6e3c3fcf42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cba42a7f8db4ba9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77498d7f5387447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4352f3f69f994124" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,587</x:t>
-[...301 lines deleted...]
-          <x:t>1,363</x:t>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,384</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>1,669</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>