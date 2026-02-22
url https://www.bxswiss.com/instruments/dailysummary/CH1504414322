--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f89327d9fb946f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487cb9cb5ea04f0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8430205f84c4cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e15d8dd5a0a46a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6af76293ca74438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8430205f84c4cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb038c1c2ebe145d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e15d8dd5a0a46a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...168 lines deleted...]
-          <x:t>1,480</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,458</x:t>
-[...102 lines deleted...]
-          <x:t>2,031</x:t>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,817</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>