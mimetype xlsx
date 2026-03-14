--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487cb9cb5ea04f0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red33454575264883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e15d8dd5a0a46a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0294c844b037428a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb038c1c2ebe145d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e15d8dd5a0a46a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eeab867e6a34fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0294c844b037428a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,621</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>1,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,637</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,683</x:t>
-[...16 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,635</x:t>
-[...151 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,771</x:t>
-[...36 lines deleted...]
-          <x:t>1,789</x:t>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>