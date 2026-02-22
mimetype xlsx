--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13998d5af0de42bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72c737c98df04dfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cb0ceafa1f945ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94131d3ac62f4db5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10eb25567a054524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cb0ceafa1f945ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4967e2d77046b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94131d3ac62f4db5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,624</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>0,808</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,012</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>