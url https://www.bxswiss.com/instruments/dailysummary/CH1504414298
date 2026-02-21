--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ad3e7cc0fe4358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c18aa7d60424061" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53d3bae30c14638"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22c6927e4e1e4c5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc548629e6eba49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53d3bae30c14638" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6417a2522e7c4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22c6927e4e1e4c5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...168 lines deleted...]
-          <x:t>2,407</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,366</x:t>
-[...112 lines deleted...]
-          <x:t>3,070</x:t>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>