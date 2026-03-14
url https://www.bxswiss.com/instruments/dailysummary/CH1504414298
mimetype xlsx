--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c18aa7d60424061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64c2ebb242e4565" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22c6927e4e1e4c5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec61e523399f4319"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6417a2522e7c4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22c6927e4e1e4c5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14300f40f52d47c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec61e523399f4319" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>2,639</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,679</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>2,810</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,561</x:t>
-[...308 lines deleted...]
-          <x:t>2,825</x:t>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,681</x:t>
-[...31 lines deleted...]
-          <x:t>2,865</x:t>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>