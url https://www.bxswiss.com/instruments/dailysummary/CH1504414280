--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1570d22b55524345" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R110cb5ebaa674bba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e8390256b64464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30d94d64fd2b40cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09190d7dc7f44adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e8390256b64464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96587f10554a4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30d94d64fd2b40cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,438</x:t>
-[...43 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,766</x:t>
-[...117 lines deleted...]
-          <x:t>2,062</x:t>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>