--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R110cb5ebaa674bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe95c02b08c4c4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30d94d64fd2b40cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ab3e10c3244946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96587f10554a4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30d94d64fd2b40cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4085559a6faa49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ab3e10c3244946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,692</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,701</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,710</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,836</x:t>
-[...26 lines deleted...]
-          <x:t>1,851</x:t>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,723</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,656</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,737</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>1,593</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>1,913</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>