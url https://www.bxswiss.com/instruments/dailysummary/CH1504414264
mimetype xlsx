--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac2c3f60f8b74eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93b0fc48b8734c04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39c64a6e54b40d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd706703a45d4ddf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8024df929423467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39c64a6e54b40d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd687e05d9f36417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd706703a45d4ddf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,663</x:t>
-[...107 lines deleted...]
-          <x:t>0,941</x:t>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,900</x:t>
-[...80 lines deleted...]
-          <x:t>1,114</x:t>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>