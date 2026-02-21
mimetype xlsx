--- v1 (2026-02-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93b0fc48b8734c04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb96dc6540c71464a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd706703a45d4ddf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae4340700ce644dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd687e05d9f36417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd706703a45d4ddf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd83a4a9d92374725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae4340700ce644dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>