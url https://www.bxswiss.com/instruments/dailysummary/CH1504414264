--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb96dc6540c71464a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5002c8ef5e104a32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae4340700ce644dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76d57b08080b4656"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd83a4a9d92374725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae4340700ce644dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7012fb0497a4df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76d57b08080b4656" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,892</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>0,782</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,809</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>13.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,879</x:t>
-[...144 lines deleted...]
-          <x:t>0,963</x:t>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>