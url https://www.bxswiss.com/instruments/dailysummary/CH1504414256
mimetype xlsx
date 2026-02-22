--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db15751625b404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdabdb22a4ba4471f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a34d488202741eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fab98e83d804997"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97a4558678674d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a34d488202741eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9940b696c24b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fab98e83d804997" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...168 lines deleted...]
-          <x:t>2,545</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,776</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>3,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>