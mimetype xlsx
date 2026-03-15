--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdabdb22a4ba4471f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R119d9a8f7d6e4fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fab98e83d804997"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7b25979b0e49b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9940b696c24b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fab98e83d804997" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72a942c00b745d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7b25979b0e49b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,907</x:t>
-[...31 lines deleted...]
-          <x:t>2,770</x:t>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,786</x:t>
-[...43 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,651</x:t>
-[...279 lines deleted...]
-          <x:t>3,013</x:t>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>