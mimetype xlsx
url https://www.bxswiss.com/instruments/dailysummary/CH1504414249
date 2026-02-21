--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588a7ce7d9ed4a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raba28a0eeb2b445b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c3eb3951374278"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e7a9ef4bf64b43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4a371fe3b404226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c3eb3951374278" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re184d14cedf74bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e7a9ef4bf64b43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>1,470</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,516</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>1,710</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,683</x:t>
-[...112 lines deleted...]
-          <x:t>2,206</x:t>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>