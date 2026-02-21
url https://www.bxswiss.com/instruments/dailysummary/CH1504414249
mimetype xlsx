--- v1 (2026-02-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raba28a0eeb2b445b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d91930526da4b5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e7a9ef4bf64b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580a14cf09964089"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re184d14cedf74bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e7a9ef4bf64b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ac07d612074a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580a14cf09964089" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>