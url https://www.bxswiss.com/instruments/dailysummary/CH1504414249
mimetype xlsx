--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d91930526da4b5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6d55d1529b46c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580a14cf09964089"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b623f4d461a4ad4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ac07d612074a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580a14cf09964089" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5206c320562a44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b623f4d461a4ad4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,866</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,831</x:t>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,963</x:t>
-[...151 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,993</x:t>
-[...360 lines deleted...]
-          <x:t>2,043</x:t>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>