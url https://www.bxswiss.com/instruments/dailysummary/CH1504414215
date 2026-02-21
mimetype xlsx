--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a46d51b2f7747df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2525983ff64a47bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb7f77653a6041f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e24c467cf914d96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf778ba6acc004711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb7f77653a6041f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf198b34629e481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e24c467cf914d96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>2,643</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,914</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>3,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,137</x:t>
-[...53 lines deleted...]
-          <x:t>3,377</x:t>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>