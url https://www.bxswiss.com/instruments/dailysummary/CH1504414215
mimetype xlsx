--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2525983ff64a47bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87f402d9e25e4ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e24c467cf914d96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ddac5f764ad4fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf198b34629e481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e24c467cf914d96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93069716ae34815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ddac5f764ad4fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,601</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,747</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>3,058</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,023</x:t>
-[...70 lines deleted...]
-          <x:t>2,866</x:t>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,478</x:t>
-[...124 lines deleted...]
-          <x:t>2,746</x:t>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,603</x:t>
-[...296 lines deleted...]
-          <x:t>3,163</x:t>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>