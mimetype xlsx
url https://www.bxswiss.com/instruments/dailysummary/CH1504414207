--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f07d865f7fc4a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0109097dfa454a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd2175f3f0b4219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ac6da54f8f41b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9edc89b0c3841a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd2175f3f0b4219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R743b786f4ae146f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ac6da54f8f41b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,676</x:t>
-[...85 lines deleted...]
-          <x:t>1,804</x:t>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>2,356</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>