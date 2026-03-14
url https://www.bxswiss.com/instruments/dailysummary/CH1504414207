--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0109097dfa454a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f344e10f7f4e98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ac6da54f8f41b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1e143bca6424276"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R743b786f4ae146f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ac6da54f8f41b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a55c89ecbeb4426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1e143bca6424276" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,062</x:t>
-[...43 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,094</x:t>
-[...372 lines deleted...]
-          <x:t>1,965</x:t>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,903</x:t>
-[...139 lines deleted...]
-          <x:t>2,181</x:t>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>