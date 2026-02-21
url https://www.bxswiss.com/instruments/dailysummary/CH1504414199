--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc85f4a79c3a94b10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93d9b76623c04b22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed444ba837b48fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf93ad558476c453a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcdbd5df10634e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed444ba837b48fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b14bf5bfe5483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf93ad558476c453a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414199</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,777</x:t>
-[...85 lines deleted...]
-          <x:t>0,891</x:t>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,033</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,279</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>