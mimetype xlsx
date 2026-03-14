--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93d9b76623c04b22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55f6c671e2814043" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf93ad558476c453a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b09fee3b8c440e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b14bf5bfe5483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf93ad558476c453a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45aff688275d4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b09fee3b8c440e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414199</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,972</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>0,957</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,961</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,029</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,041</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>0,989</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>