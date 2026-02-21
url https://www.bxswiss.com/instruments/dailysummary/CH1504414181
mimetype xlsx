--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52672d95e47c495a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c8644966334d2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd932e11a519d458c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e6cb2a3175423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f869c4a3e54149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd932e11a519d458c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ba339a7fd34213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e6cb2a3175423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>0,851</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,853</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,943</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>1,072</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,093</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,340</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>