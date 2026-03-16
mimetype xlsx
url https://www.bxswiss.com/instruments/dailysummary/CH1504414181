--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c8644966334d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd4072402db41fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e6cb2a3175423a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70c2b04e38ea4964"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ba339a7fd34213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e6cb2a3175423a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db45256c177435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70c2b04e38ea4964" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,057</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,049</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,093</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>16.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...117 lines deleted...]
-          <x:t>1,177</x:t>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>