--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10a1a2d0ca43411c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b9446e421f048d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b636963a454bc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e155532ce2e4896"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058d8afcd9894e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b636963a454bc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra37b96670d304377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e155532ce2e4896" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>2,602</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,461</x:t>
-[...210 lines deleted...]
-          <x:t>3,558</x:t>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,321</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>3,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>