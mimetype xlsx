--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b9446e421f048d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36d6e8650f784892" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e155532ce2e4896"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e7b393774574348"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra37b96670d304377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e155532ce2e4896" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4fe24d249774821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e7b393774574348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,213</x:t>
-[...31 lines deleted...]
-          <x:t>3,063</x:t>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>3,114</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,940</x:t>
-[...107 lines deleted...]
-          <x:t>2,891</x:t>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,107</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,175</x:t>
-[...225 lines deleted...]
-          <x:t>3,321</x:t>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>