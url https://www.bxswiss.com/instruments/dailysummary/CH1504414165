--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2270c29650c2499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24158155174c4157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40180969b2d42de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d37e2e23f24dd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e4d8e353d9456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40180969b2d42de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576ae6e141d14c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d37e2e23f24dd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,794</x:t>
-[...75 lines deleted...]
-          <x:t>1,967</x:t>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,931</x:t>
-[...112 lines deleted...]
-          <x:t>2,513</x:t>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>