--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24158155174c4157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c26739e5b2c4feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d37e2e23f24dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R116482a4901b4623"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576ae6e141d14c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d37e2e23f24dd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66000c83e4154ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R116482a4901b4623" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,129</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>11.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,143</x:t>
-[...198 lines deleted...]
-          <x:t>2,321</x:t>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>