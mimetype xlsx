--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba80e3c7fe534f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R670efca96dc6454b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaf6d471b9244b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda4019392dd545a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R578f36a54da4466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaf6d471b9244b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcad4f5ea77a43a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda4019392dd545a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>0,892</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,897</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,149</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,401</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>