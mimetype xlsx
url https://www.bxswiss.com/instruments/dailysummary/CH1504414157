--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R670efca96dc6454b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ed8f54fa684e12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda4019392dd545a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2684af318f4c0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcad4f5ea77a43a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda4019392dd545a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf15cae8642a44b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2684af318f4c0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,173</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,072</x:t>
-[...124 lines deleted...]
-          <x:t>1,182</x:t>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,104</x:t>
-[...485 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>