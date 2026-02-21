--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977bdeeec05a4f96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fce1a08762a4f11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e747529dc44ea7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262a2d0d7f8d49e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3ba8abfe334d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e747529dc44ea7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd606f386294b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262a2d0d7f8d49e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>0,943</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,889</x:t>
-[...129 lines deleted...]
-          <x:t>1,180</x:t>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>