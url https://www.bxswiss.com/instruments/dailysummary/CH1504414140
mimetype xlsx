--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fce1a08762a4f11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R601ddb286bed4054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262a2d0d7f8d49e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51483f47e7384cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd606f386294b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262a2d0d7f8d49e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c1401091d024af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51483f47e7384cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,232</x:t>
-[...237 lines deleted...]
-          <x:t>0,884</x:t>
+          <x:t>1,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,884</x:t>
-[...38 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,147</x:t>
-[...333 lines deleted...]
-          <x:t>1,297</x:t>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>