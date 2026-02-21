--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5dbb1f417c04d3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63848ab36a14d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7c02235bf584c3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f26196f48414b8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12d4d97fa08f4d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7c02235bf584c3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5d8c75bbd394673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f26196f48414b8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>2,943</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,223</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>3,708</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>