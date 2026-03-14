--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63848ab36a14d54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13daa0c5b99f4679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f26196f48414b8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R884e4776e72c482b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5d8c75bbd394673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f26196f48414b8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d40ac59222f4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R884e4776e72c482b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,171</x:t>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,267</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>3,166</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,748</x:t>
-[...431 lines deleted...]
-          <x:t>3,485</x:t>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>