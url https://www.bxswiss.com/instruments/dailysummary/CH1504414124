--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76afc936328147d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb47de4d35dbd47f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a2912390dc4a2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29927eb0257d452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra74395d4b7274e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a2912390dc4a2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R477257760b334ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29927eb0257d452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,919</x:t>
-[...75 lines deleted...]
-          <x:t>2,104</x:t>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,066</x:t>
-[...26 lines deleted...]
-          <x:t>2,273</x:t>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,333</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>2,673</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>