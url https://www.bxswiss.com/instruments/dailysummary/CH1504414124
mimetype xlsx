--- v1 (2026-02-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb47de4d35dbd47f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb3eb46ce4c40a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29927eb0257d452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19eff3122d684e47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R477257760b334ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29927eb0257d452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f9d67113d64aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19eff3122d684e47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>