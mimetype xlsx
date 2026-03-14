--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb3eb46ce4c40a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe4d7536c7a409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19eff3122d684e47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2af9674d1d4717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f9d67113d64aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19eff3122d684e47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc164d8ae42d94be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2af9674d1d4717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,207</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,304</x:t>
-[...6 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,271</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,376</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,342</x:t>
-[...362 lines deleted...]
-          <x:t>2,239</x:t>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,169</x:t>
-[...139 lines deleted...]
-          <x:t>2,471</x:t>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>