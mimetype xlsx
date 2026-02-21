--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4cddd61074344af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf15926517147d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73561b2230794481"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eff9e1487704024"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f67785efc14549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73561b2230794481" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd44ebc3127f427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eff9e1487704024" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>1,598</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>