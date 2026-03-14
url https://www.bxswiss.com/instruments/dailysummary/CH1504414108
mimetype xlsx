--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf15926517147d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7c30dd538943bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eff9e1487704024"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2f982ee578e485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd44ebc3127f427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eff9e1487704024" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4fd58d382a43c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2f982ee578e485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,223</x:t>
-[...259 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,261</x:t>
-[...333 lines deleted...]
-          <x:t>1,423</x:t>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>