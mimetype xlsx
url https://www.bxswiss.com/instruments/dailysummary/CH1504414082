--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R205ea429baae4a0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2ed3b5ce54414d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddceb7bfc2604851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf2921515e164740"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a03fb44fc984560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddceb7bfc2604851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c323493dda1499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf2921515e164740" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,210</x:t>
-[...112 lines deleted...]
-          <x:t>2,841</x:t>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>