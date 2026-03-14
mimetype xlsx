--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2ed3b5ce54414d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953504b3b32544b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf2921515e164740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70992f273c344704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c323493dda1499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf2921515e164740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc437e1f1ef146bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70992f273c344704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>2,503</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,439</x:t>
-[...48 lines deleted...]
-          <x:t>2,392</x:t>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,441</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>2,629</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>