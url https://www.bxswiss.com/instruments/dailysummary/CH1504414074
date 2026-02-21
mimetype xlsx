--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra564c36df6934a32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34553b21a824eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdece9a4c59244e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22b8464f42104f80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra78ff7ae33594d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdece9a4c59244e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8b503e7e81f45dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22b8464f42104f80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,094</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,033</x:t>
-[...6 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,052</x:t>
-[...70 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,374</x:t>
-[...58 lines deleted...]
-          <x:t>1,432</x:t>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,549</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>1,669</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>