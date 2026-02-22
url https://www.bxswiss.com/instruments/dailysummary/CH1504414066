--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec4e0c1157c94020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdb54231f693494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R583881f12c34416c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8430e966c94092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46cfa00ce37f4230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R583881f12c34416c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69c969c4a074f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8430e966c94092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>1,141</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,147</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,419</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,447</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,742</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>