--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdb54231f693494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69a8af1af76d468b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8430e966c94092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd7ba97adb346cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69c969c4a074f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8430e966c94092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R471801adb22342f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd7ba97adb346cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,446</x:t>
-[...21 lines deleted...]
-          <x:t>1,380</x:t>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,367</x:t>
-[...210 lines deleted...]
-          <x:t>1,382</x:t>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,253</x:t>
-[...323 lines deleted...]
-          <x:t>1,559</x:t>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>