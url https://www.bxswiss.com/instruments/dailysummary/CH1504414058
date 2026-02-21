--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba8ad0fa610c4e3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree0fcdc2d3f7460d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83afa9c0670c4bcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489518a956784ade"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56e6987760f64eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83afa9c0670c4bcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60b3b93b3774281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489518a956784ade" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>3,788</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,642</x:t>
-[...21 lines deleted...]
-          <x:t>3,674</x:t>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,801</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>4,060</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>