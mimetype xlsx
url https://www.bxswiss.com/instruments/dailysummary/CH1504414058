--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree0fcdc2d3f7460d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb58228ab5823406e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489518a956784ade"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136f2e40325f4b5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60b3b93b3774281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489518a956784ade" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5486aefb8a434ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136f2e40325f4b5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,637</x:t>
-[...48 lines deleted...]
-          <x:t>3,582</x:t>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,490</x:t>
-[...237 lines deleted...]
-          <x:t>3,561</x:t>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,319</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>3,827</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>