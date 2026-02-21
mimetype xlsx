--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ea93bc78744b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e9184155ae457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70882b46efb4bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3535f23ed160476e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d6d59f9ffb04fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70882b46efb4bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf5a3dd9c484f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3535f23ed160476e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...190 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,789</x:t>
-[...90 lines deleted...]
-          <x:t>3,017</x:t>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>