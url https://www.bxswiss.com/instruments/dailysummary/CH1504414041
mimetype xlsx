--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e9184155ae457e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R139893a31a4d4004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3535f23ed160476e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac4591b6c116494a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf5a3dd9c484f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3535f23ed160476e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc489a62fa3334ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac4591b6c116494a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>2,569</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,541</x:t>
-[...544 lines deleted...]
-          <x:t>2,791</x:t>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>