--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raece034b259c4cb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R942ef56f5e9a40eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R096d9168ebcd4906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5eec7a597d1d4c50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R552e3ee6993648cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R096d9168ebcd4906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec6a1d67a3342ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5eec7a597d1d4c50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,200</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,140</x:t>
-[...114 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,574</x:t>
-[...90 lines deleted...]
-          <x:t>1,816</x:t>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>