--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R942ef56f5e9a40eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45c95cd667a74257" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5eec7a597d1d4c50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa9521f85bb545dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec6a1d67a3342ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5eec7a597d1d4c50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81ac29c0b3b24c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa9521f85bb545dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,397</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,220</x:t>
-[...578 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,695</x:t>
+          <x:t>1,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,631</x:t>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>