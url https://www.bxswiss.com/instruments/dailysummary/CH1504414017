--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b392e3a24040af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb4af4262ba4ec2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d01d97f88c24587"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R074ccef5d12c40e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re16f48e9ab1548ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d01d97f88c24587" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820a0f49395846cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R074ccef5d12c40e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>4,245</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>