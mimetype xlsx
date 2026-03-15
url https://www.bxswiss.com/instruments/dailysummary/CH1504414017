--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb4af4262ba4ec2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45315264313f4d2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R074ccef5d12c40e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra97205d166ce4af5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820a0f49395846cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R074ccef5d12c40e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb39592fb59354ba6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra97205d166ce4af5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>3,660</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>3,698</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,785</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>3,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,387</x:t>
-[...404 lines deleted...]
-          <x:t>4,005</x:t>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>