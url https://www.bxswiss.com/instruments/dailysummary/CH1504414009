--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc09b832a17ee4e14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R683cbe2937f44af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R573c34e68e5d48d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b168f1dd4e4b64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e7bd6e20d340e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R573c34e68e5d48d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree1a94d83d9f42a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b168f1dd4e4b64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>2,511</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,244</x:t>
-[...36 lines deleted...]
-          <x:t>3,196</x:t>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>