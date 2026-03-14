--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R683cbe2937f44af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235667acfba84989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b168f1dd4e4b64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6f71473a99540c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree1a94d83d9f42a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b168f1dd4e4b64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red20e9848655461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6f71473a99540c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>2,874</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,753</x:t>
-[...11 lines deleted...]
-          <x:t>2,711</x:t>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,592</x:t>
-[...146 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>2,961</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>