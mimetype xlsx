--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9833dbeb0ba84c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R541f9eb579d44551" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5441742cb7a42bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95fe29b1d02646bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40173ce047a043e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5441742cb7a42bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c5f7b3cff34484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95fe29b1d02646bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...222 lines deleted...]
-          <x:t>1,709</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,709</x:t>
-[...58 lines deleted...]
-          <x:t>1,972</x:t>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>