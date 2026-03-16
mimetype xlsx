--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R541f9eb579d44551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc255414fa1e4069" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95fe29b1d02646bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R271476c739124fbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c5f7b3cff34484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95fe29b1d02646bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcccc692143413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R271476c739124fbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,599</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,556</x:t>
-[...38 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,690</x:t>
-[...313 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,601</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>1,769</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>1,781</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>