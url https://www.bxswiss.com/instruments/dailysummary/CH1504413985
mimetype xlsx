--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76838bfb7bbc4b69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32add2e46a8740d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc66a7cdec1cc4a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc933ea685a7b4935"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b16d973190433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc66a7cdec1cc4a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878830f9a2004d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc933ea685a7b4935" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...114 lines deleted...]
-          <x:t>1,323</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,258</x:t>
-[...97 lines deleted...]
-          <x:t>1,782</x:t>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,782</x:t>
-[...58 lines deleted...]
-          <x:t>2,052</x:t>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>