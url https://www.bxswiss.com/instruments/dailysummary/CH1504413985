--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32add2e46a8740d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fac2d901be145a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc933ea685a7b4935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cc261e98c5245a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878830f9a2004d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc933ea685a7b4935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5781d98506734104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cc261e98c5245a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,728</x:t>
-[...399 lines deleted...]
-          <x:t>1,681</x:t>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,893</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>1,857</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>