--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d4b9172cba64aa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53baf6e891de4586" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4305ab37324fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a246167efdc4b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3608c3ee83be4e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4305ab37324fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eca9cdb625a4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a246167efdc4b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>3,381</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>