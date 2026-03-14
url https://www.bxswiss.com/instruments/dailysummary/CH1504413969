--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53baf6e891de4586" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R212c34fc4d1b415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a246167efdc4b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb1d3630f48d49ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eca9cdb625a4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a246167efdc4b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed9c0895955452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb1d3630f48d49ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,991</x:t>
-[...75 lines deleted...]
-          <x:t>3,015</x:t>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,868</x:t>
-[...16 lines deleted...]
-          <x:t>2,875</x:t>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,751</x:t>
-[...463 lines deleted...]
-          <x:t>3,139</x:t>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>