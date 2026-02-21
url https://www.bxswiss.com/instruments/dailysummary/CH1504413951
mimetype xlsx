--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9854b61ace3d45ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33bc6e71f2084038" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a9bbf1018949bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7140420b883542ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b810e878a874c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a9bbf1018949bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58624fe884941b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7140420b883542ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413951</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,587</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>2,137</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>