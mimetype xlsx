--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33bc6e71f2084038" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e7044f492aa4dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7140420b883542ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e31c44743294fc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58624fe884941b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7140420b883542ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7972e74dc86d4432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e31c44743294fc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413951</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,806</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,744</x:t>
-[...11 lines deleted...]
-          <x:t>1,740</x:t>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,693</x:t>
-[...517 lines deleted...]
-          <x:t>1,937</x:t>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>