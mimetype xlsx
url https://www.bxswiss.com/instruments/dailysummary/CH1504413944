--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64fabb8776f64f04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b640d4d1bb4aab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ab2683695214a58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R994715f26db64b0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9ee355c3f6f41de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ab2683695214a58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R057f0a06570d49b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R994715f26db64b0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>1,646</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,861</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>2,221</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>