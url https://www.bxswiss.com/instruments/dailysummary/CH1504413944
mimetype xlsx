--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b640d4d1bb4aab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb21d65098cdd4aa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R994715f26db64b0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc89fc9c0a749b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R057f0a06570d49b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R994715f26db64b0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08f133d80cb40d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc89fc9c0a749b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,785</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,819</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,563</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>2,023</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>