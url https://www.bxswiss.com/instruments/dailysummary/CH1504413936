--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2151617da2dd49b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R651f40f93a1e4674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R777f5155d6f34c3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c50764260844e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7ddd3ee30c04ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R777f5155d6f34c3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93988ffed1e04444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c50764260844e0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,400</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>4,088</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,181</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>4,631</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>