--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R651f40f93a1e4674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94f05ffd807a4b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c50764260844e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f4124a2c90e40dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93988ffed1e04444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c50764260844e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449a5cd2c1f04e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f4124a2c90e40dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>4,013</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,123</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,232</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,145</x:t>
-[...470 lines deleted...]
-          <x:t>4,181</x:t>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,451</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>4,501</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,379</x:t>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>