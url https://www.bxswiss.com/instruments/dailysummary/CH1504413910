--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a83ebb56f54f5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a54847b6a00424a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb46a9b4f46e244ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c6bf3d893674f56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01bf8ab82aa6480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb46a9b4f46e244ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a49dbf6ae6492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c6bf3d893674f56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>2,309</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>