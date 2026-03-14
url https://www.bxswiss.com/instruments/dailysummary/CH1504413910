--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a54847b6a00424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3714ad0982764365" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c6bf3d893674f56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R545d35c2b464446c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a49dbf6ae6492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c6bf3d893674f56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220db9fd76c847cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R545d35c2b464446c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,980</x:t>
-[...4 lines deleted...]
-          <x:t>1,759</x:t>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,841</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>1,861</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,901</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>2,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>