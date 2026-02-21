--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b0cdd8c12864f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f13b06ce1a4b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a84152b3cb4cfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480c5fced1ec4881"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d7f7c7ef5084342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a84152b3cb4cfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb24da0b62b440d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480c5fced1ec4881" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...141 lines deleted...]
-          <x:t>1,567</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,567</x:t>
-[...38 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,112</x:t>
-[...90 lines deleted...]
-          <x:t>2,399</x:t>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>