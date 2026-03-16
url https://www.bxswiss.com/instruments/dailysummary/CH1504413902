--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f13b06ce1a4b15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R319307ef1484479c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480c5fced1ec4881"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R479a2e45954149aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb24da0b62b440d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480c5fced1ec4881" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc26c833989fb40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R479a2e45954149aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,926</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,993</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>1,558</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,558</x:t>
-[...178 lines deleted...]
-          <x:t>1,983</x:t>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,875</x:t>
-[...193 lines deleted...]
-          <x:t>2,193</x:t>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>