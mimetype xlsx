--- v0 (2026-02-22)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d09b94b28474051" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2ba88c2373047c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94037c0f68740a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb466ed47a69a4158"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01355d51be8c478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94037c0f68740a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7645769fc2a4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb466ed47a69a4158" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>4,372</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,199</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>4,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>4,042</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,842</x:t>
-[...296 lines deleted...]
-          <x:t>4,573</x:t>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>