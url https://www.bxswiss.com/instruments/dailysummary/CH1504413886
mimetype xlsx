--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R542bfaf2f43641d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382bb59c2a034fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R596ff63a1f324ac2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fc864e220e843e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra687e26f263e4e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R596ff63a1f324ac2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49b5a668b1724885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fc864e220e843e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413886</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...168 lines deleted...]
-          <x:t>3,064</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,015</x:t>
-[...112 lines deleted...]
-          <x:t>3,767</x:t>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>