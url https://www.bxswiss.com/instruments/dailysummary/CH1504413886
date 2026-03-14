--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382bb59c2a034fe0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R703caf00181f41ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fc864e220e843e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a0ecf3b9cb042e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49b5a668b1724885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fc864e220e843e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be1c7dbb2bb4b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a0ecf3b9cb042e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413886</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,284</x:t>
-[...210 lines deleted...]
-          <x:t>3,111</x:t>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,035</x:t>
-[...247 lines deleted...]
-          <x:t>3,515</x:t>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>