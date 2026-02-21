--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b3b36664c647de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b16cccba964572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbff73d68de54673"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4697bb2fede4092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3183e5d845243f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbff73d68de54673" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3319f4df7a74f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4697bb2fede4092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>1,695</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,678</x:t>
-[...70 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,123</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>2,491</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>