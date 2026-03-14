--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b16cccba964572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e5344cb0aa4622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4697bb2fede4092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8c3364c810f4e87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3319f4df7a74f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4697bb2fede4092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef714ab0ce5425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8c3364c810f4e87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,136</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,910</x:t>
-[...11 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,127</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,078</x:t>
-[...556 lines deleted...]
-          <x:t>2,371</x:t>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,283</x:t>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>