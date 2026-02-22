--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e1c28088e44e37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8facd951fd06432d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62f2161529e42bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1440ac05864937"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab94946f17c4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62f2161529e42bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a6c3772597645cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1440ac05864937" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...190 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,283</x:t>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,207</x:t>
-[...80 lines deleted...]
-          <x:t>2,586</x:t>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>