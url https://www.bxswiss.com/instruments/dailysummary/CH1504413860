--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8facd951fd06432d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a95d71cdb840cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1440ac05864937"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5095df50ccba49a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a6c3772597645cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1440ac05864937" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058b878ca9564201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5095df50ccba49a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>2,101</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,151</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>1,700</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,700</x:t>
-[...178 lines deleted...]
-          <x:t>2,149</x:t>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,037</x:t>
-[...193 lines deleted...]
-          <x:t>2,371</x:t>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>