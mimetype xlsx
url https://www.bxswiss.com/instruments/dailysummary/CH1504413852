--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4c2b10db71e4aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce184cbe8f4416c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92cfd7b678ef4e83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82102b2d89ca4bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce18ca173ef4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92cfd7b678ef4e83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3119c346fb146fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82102b2d89ca4bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...190 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>5,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>