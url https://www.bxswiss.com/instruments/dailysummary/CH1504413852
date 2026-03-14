--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce184cbe8f4416c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5c9b9efefc744bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82102b2d89ca4bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80e5af13dbc64468"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3119c346fb146fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82102b2d89ca4bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6820db3bd7fa4b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80e5af13dbc64468" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>4,568</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,391</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,507</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...440 lines deleted...]
-          <x:t>4,547</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,297</x:t>
-[...80 lines deleted...]
-          <x:t>4,499</x:t>
+          <x:t>4,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,539</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>4,773</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>