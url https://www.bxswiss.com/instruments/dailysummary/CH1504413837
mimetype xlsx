--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92c546495ff34fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ca6d8bd4274879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc52ab42e6d24d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73c377a63b204300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ecc656458c145d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc52ab42e6d24d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb8acbfec6d44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73c377a63b204300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...254 lines deleted...]
-          <x:t>2,650</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>2,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>