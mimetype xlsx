--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ca6d8bd4274879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd894ccc14f947b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73c377a63b204300"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e7f75a2bbaf4168"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb8acbfec6d44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73c377a63b204300" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra558e55b05b94fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e7f75a2bbaf4168" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>2,175</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,247</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>2,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,077</x:t>
-[...463 lines deleted...]
-          <x:t>2,465</x:t>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>