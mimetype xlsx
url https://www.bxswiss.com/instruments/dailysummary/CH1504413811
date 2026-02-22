--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37de8db36ecc474f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d20a188109e49f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a111e9dfc7e4d59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ac2a96397794781"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5201c696bb594aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a111e9dfc7e4d59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a84a8cb83f433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ac2a96397794781" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>2,467</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,386</x:t>
-[...80 lines deleted...]
-          <x:t>2,781</x:t>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>