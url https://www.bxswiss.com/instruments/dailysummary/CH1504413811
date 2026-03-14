--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d20a188109e49f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06d1a89025fd40fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ac2a96397794781"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca8f2876b084d6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a84a8cb83f433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ac2a96397794781" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65e3c5014d574b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca8f2876b084d6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>2,257</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,391</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...472 lines deleted...]
-          <x:t>2,541</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,359</x:t>
-[...26 lines deleted...]
-          <x:t>2,561</x:t>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>