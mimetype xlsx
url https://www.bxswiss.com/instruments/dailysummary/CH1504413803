--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63d6a409a3d4674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05403f17d244519" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra76a693c05384bf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5269da959fb04b46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0dd8f086a3e46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra76a693c05384bf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b185e9d02b46ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5269da959fb04b46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...190 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,709</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>5,253</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>