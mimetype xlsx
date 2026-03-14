--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05403f17d244519" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e0687d68ed54d4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5269da959fb04b46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83127c3298b74437"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b185e9d02b46ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5269da959fb04b46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712314f32aca4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83127c3298b74437" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>4,892</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,709</x:t>
-[...345 lines deleted...]
-          <x:t>4,511</x:t>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,631</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>4,761</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,061</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>4,977</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>