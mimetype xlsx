--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b2ff4835fe4508" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra487f32614b644a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re728fdf68fd34ef6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R889c847d7ae24415"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e32676808534214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re728fdf68fd34ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d4d7248cfd4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R889c847d7ae24415" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>3,217</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,039</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,162</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,119</x:t>
-[...188 lines deleted...]
-          <x:t>4,177</x:t>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>