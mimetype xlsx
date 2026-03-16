--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra487f32614b644a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f6604f4603f43b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R889c847d7ae24415"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a3254bf17874dcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d4d7248cfd4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R889c847d7ae24415" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeaafcb957cf4e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a3254bf17874dcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>3,592</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...221 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,677</x:t>
-[...53 lines deleted...]
-          <x:t>3,675</x:t>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,551</x:t>
-[...11 lines deleted...]
-          <x:t>3,679</x:t>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,541</x:t>
-[...107 lines deleted...]
-          <x:t>3,731</x:t>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,899</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,703</x:t>
-[...26 lines deleted...]
-          <x:t>3,917</x:t>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>