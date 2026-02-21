--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d981d4e05b2415d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R868aceade2cc4c87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb9aab924e24f51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raac02b2374104028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75b3c8da92e5425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb9aab924e24f51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9721c3c317145ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raac02b2374104028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>2,561</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,427</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,479</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>2,654</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,761</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>2,882</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>