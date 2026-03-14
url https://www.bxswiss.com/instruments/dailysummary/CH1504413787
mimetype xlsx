--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R868aceade2cc4c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff81288a99e4d9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raac02b2374104028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bf6bd683022441b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9721c3c317145ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raac02b2374104028" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833be4551e224ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bf6bd683022441b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>2,350</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,427</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,411</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,527</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>2,427</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>