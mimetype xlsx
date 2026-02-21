--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2da0bfea5ffc4f2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb28a00ef16e40e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5374eadf1fbf4447"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a357fb32fa84360"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f909cf98a4b41ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5374eadf1fbf4447" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b2eeceb92f4818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a357fb32fa84360" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...259 lines deleted...]
-          <x:t>2,749</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,863</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>2,985</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>