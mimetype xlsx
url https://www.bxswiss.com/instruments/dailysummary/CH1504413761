--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb28a00ef16e40e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3c205f3d244e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a357fb32fa84360"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0598feda87d649bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b2eeceb92f4818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a357fb32fa84360" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44bcf3822d6442d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0598feda87d649bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>2,440</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,523</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,506</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,623</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...482 lines deleted...]
-          <x:t>2,739</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,547</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>