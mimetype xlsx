--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e01f7b91f34557" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c9784ab14584dd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a5ffd832344c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530e834734544562"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b7c7719c774d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a5ffd832344c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3ecc147d914377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530e834734544562" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,302</x:t>
-[...112 lines deleted...]
-          <x:t>4,882</x:t>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>5,471</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>