--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c9784ab14584dd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd332e74830cd4515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530e834734544562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc3061cde65143df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3ecc147d914377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530e834734544562" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R462a112fa4ad4c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc3061cde65143df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>4,913</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,795</x:t>
-[...335 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>4,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,891</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,997</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,895</x:t>
-[...87 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,015</x:t>
-[...117 lines deleted...]
-          <x:t>5,187</x:t>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>