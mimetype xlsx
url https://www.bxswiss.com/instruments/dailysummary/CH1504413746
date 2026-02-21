--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63b87c8fb9a4f1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f689049c354bd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55ebd61a0d154e0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a4fca0fe2dc4427"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed559c2df5249ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55ebd61a0d154e0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcedc400608334dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a4fca0fe2dc4427" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,867</x:t>
-[...117 lines deleted...]
-          <x:t>4,391</x:t>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>