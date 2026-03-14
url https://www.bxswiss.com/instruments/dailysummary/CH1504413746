--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f689049c354bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba193ed74e0a4a71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a4fca0fe2dc4427"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc8f6d960534033"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcedc400608334dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a4fca0fe2dc4427" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52d6b0b5299e49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc8f6d960534033" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,737</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>3,956</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>3,681</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,883</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>3,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,177</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,905</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>